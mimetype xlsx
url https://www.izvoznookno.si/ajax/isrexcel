--- v0 (2025-10-29)
+++ v1 (2025-11-21)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid4457"/>
+    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid3238"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid4457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/GemVmlDrawing6093.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid3238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/GemVmlDrawing3238.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>