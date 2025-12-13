--- v1 (2025-11-21)
+++ v2 (2025-12-13)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid3238"/>
+    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid6559"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid3238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/GemVmlDrawing3238.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid6559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/GemVmlDrawing6559.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>