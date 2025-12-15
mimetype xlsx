--- v2 (2025-12-13)
+++ v3 (2025-12-15)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid6559"/>
+    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid861"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid6559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/GemVmlDrawing6559.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/GemVmlDrawing861.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>