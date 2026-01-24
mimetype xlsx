--- v3 (2025-12-15)
+++ v4 (2026-01-24)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid861"/>
+    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid6066"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/GemVmlDrawing861.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid6066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/GemVmlDrawing6066.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>