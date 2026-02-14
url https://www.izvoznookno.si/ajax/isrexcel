--- v4 (2026-01-24)
+++ v5 (2026-02-14)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid6066"/>
+    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid6358"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid6066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/GemVmlDrawing6066.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid6358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/GemVmlDrawing6358.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>