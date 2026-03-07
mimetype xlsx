--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid6358"/>
+    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid3293"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid6358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/GemVmlDrawing6358.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid3293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/GemVmlDrawing3293.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>