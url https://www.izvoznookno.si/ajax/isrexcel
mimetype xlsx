--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -7,97 +7,97 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid3293"/>
+    <sheet name="Izbor trgov" sheetId="1" r:id="GemRid1726"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid3293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/GemVmlDrawing3293.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="GemRid1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/GemVmlDrawing1726.vml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships" />
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>